--- v0 (2025-10-04)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb127cc93d98b44aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd77ed0eb20428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raac25dbe8cd84233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc85d31759df4041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758506fa8d334941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raac25dbe8cd84233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35096e940287489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc85d31759df4041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409713943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>99,630</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>100,390</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,190</x:t>
-[...193 lines deleted...]
-          <x:t>100,140</x:t>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>