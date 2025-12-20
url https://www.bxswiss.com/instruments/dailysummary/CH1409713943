--- v1 (2025-10-29)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd77ed0eb20428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2280b08dc9fb4147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc85d31759df4041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc6684bf9e74886"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35096e940287489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc85d31759df4041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04acfe4487ec4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc6684bf9e74886" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409713943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>96,760</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>100,965</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,885</x:t>
-        </x:is>
-[...430 lines deleted...]
-          <x:t>99,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>