--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2280b08dc9fb4147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0733c16945714d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc6684bf9e74886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a2dea0f1454e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04acfe4487ec4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc6684bf9e74886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e52ed46d659417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a2dea0f1454e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409713943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>100,260</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,260</x:t>
-[...11 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,865</x:t>
-[...16 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,945</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,725</x:t>
-[...146 lines deleted...]
-          <x:t>100,995</x:t>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,855</x:t>
-[...112 lines deleted...]
-          <x:t>100,885</x:t>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>