--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f2756df41c4679" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R825f4ab1b0f84175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9137a1489344b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe690934dd74ea6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9064a34b22f426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9137a1489344b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61895d1532a342a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe690934dd74ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409712630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>