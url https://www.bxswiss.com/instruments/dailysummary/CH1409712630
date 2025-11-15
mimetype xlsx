--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R825f4ab1b0f84175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058fcd0813474457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe690934dd74ea6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d58802e975d4151"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61895d1532a342a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe690934dd74ea6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0632dd038b246ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d58802e975d4151" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409712630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>