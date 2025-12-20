--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058fcd0813474457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4eb77cb7f74058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d58802e975d4151"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8622998ee3540d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0632dd038b246ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d58802e975d4151" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4528cc9d63974e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8622998ee3540d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409712630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>124,920</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,345</x:t>
-[...367 lines deleted...]
-          <x:t>129,750</x:t>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,970</x:t>
-[...220 lines deleted...]
-          <x:t>129,125</x:t>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>