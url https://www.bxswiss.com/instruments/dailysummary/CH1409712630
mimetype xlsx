--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4eb77cb7f74058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0e75179fd643e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8622998ee3540d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e7ef047bc547c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4528cc9d63974e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8622998ee3540d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c743b9eb6a54607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e7ef047bc547c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409712630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>