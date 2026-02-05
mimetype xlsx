--- v4 (2026-01-10)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0e75179fd643e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde0563f258204fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e7ef047bc547c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802ef163a7ec438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c743b9eb6a54607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e7ef047bc547c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec8f20c382543c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802ef163a7ec438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409712630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>146,145</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>151,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>