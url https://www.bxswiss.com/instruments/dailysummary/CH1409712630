--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde0563f258204fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2bbce637f74639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802ef163a7ec438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7add32127174eb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec8f20c382543c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802ef163a7ec438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ad9487d4ff7431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7add32127174eb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409712630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,405</x:t>
-[...156 lines deleted...]
-          <x:t>145,370</x:t>
+          <x:t>148,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,015</x:t>
-[...328 lines deleted...]
-          <x:t>142,670</x:t>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>