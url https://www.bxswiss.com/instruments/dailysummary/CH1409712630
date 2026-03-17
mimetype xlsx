--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2bbce637f74639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c85068d33cb4406" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7add32127174eb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb54b710b91684108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ad9487d4ff7431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7add32127174eb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f05a37e58d444a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb54b710b91684108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bonus Outperformance Certificate on Holcim Amrize Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409712630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>134,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...31 lines deleted...]
-          <x:t>137,960</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,695</x:t>
-[...139 lines deleted...]
-          <x:t>151,495</x:t>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>