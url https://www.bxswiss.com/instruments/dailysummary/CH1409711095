--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85f8c56923694d5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc328987fe8e04f9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c0ba5a6cd44904"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4d5d5a61ee4a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re88a407e25d84020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c0ba5a6cd44904" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43387b640f564528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4d5d5a61ee4a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.80% p.a. Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409711095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>84,450</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,240</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>85,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,350</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>