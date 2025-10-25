--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e2fd2379ec49b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7609c6f094374966" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra298bcf6897e4745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1399d74cdc844757"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R437b7549e10d41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra298bcf6897e4745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7407274e3814240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1399d74cdc844757" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409711038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>