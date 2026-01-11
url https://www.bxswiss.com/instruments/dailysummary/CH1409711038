--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7609c6f094374966" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd095cd8e86d4406a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1399d74cdc844757"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286abce2d7d04756"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7407274e3814240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1399d74cdc844757" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2252fc6cbb094c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286abce2d7d04756" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409711038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>117,560</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,390</x:t>
-[...436 lines deleted...]
-          <x:t>118,835</x:t>
+          <x:t>120,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>