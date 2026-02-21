--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd095cd8e86d4406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30d76360ed34ebf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286abce2d7d04756"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7659f20a21417b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2252fc6cbb094c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286abce2d7d04756" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b277d254b19426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7659f20a21417b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409711038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>124,970</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,970</x:t>
-[...16 lines deleted...]
-          <x:t>125,480</x:t>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,250</x:t>
-[...80 lines deleted...]
-          <x:t>126,765</x:t>
+          <x:t>126,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>