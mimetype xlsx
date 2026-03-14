--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30d76360ed34ebf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb8bd3a1057f47a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7659f20a21417b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27ed58d536cf4899"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b277d254b19426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7659f20a21417b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629a0671f6da49fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27ed58d536cf4899" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409711038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>122,250</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>130,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>