--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4992b490c34edc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2035ceb5b94687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0a237e4143f4211"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691559af8dc94ad1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a0f404978349e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0a237e4143f4211" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb966277fca8f4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691559af8dc94ad1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409710543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>100,440</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,610</x:t>
-[...571 lines deleted...]
-          <x:t>101,225</x:t>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>