--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2035ceb5b94687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e2f7ee47d443c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691559af8dc94ad1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c4e93a52164fb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb966277fca8f4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691559af8dc94ad1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc71ceb3384449f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c4e93a52164fb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409710543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>97,920</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>99,390</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>