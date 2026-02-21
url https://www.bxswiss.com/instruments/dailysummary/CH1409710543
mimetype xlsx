--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e2f7ee47d443c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7561b8aa0b1e409e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c4e93a52164fb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b65e23bd0b54fca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc71ceb3384449f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c4e93a52164fb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R153ef894dcb84a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b65e23bd0b54fca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.60% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409710543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>102,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>103,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>