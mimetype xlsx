--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb31c5461e2594c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81261f2c59534912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4953d3029d1e45ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070c488eba704090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d789d07a6ef4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4953d3029d1e45ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ec8b0c68f34c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070c488eba704090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto CH ESGen SDG Index Equity Switzerland ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1408319130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>10,095</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,148</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,880</x:t>
-[...247 lines deleted...]
-          <x:t>10,031</x:t>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>