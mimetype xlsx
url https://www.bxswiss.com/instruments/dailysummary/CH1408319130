--- v1 (2026-01-09)
+++ v2 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81261f2c59534912" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435cb71e77134069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070c488eba704090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re30ee237aa36462b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ec8b0c68f34c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070c488eba704090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd703640397c24a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re30ee237aa36462b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto CH ESGen SDG Index Equity Switzerland ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1408319130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>10,459</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,564</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>10,594</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>10,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>