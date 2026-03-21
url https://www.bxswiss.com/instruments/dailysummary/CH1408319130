--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435cb71e77134069" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f82ba0a1374e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re30ee237aa36462b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra596a2ba15534cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd703640397c24a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re30ee237aa36462b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674f19fd81b34d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra596a2ba15534cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto CH ESGen SDG Index Equity Switzerland ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1408319130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>10,663</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,517</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>10,424</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,481</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>10,448</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,477</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>10,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>