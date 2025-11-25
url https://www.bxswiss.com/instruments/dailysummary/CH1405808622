--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4827caac51947d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra83346dbdb0643d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbbfdd1bfb664ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0447f9e3f7e4283"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b5acd2709bd4883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbbfdd1bfb664ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R384fdfc6fb384836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0447f9e3f7e4283" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Commerzbank AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405808622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,705</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,385</x:t>
-[...53 lines deleted...]
-          <x:t>4,785</x:t>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,605</x:t>
-[...11 lines deleted...]
-          <x:t>4,545</x:t>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,325</x:t>
-[...409 lines deleted...]
-          <x:t>4,435</x:t>
+          <x:t>4,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>