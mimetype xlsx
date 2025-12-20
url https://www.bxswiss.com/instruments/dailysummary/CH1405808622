--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra83346dbdb0643d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5979929020c4e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0447f9e3f7e4283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8af4fe35b754d33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R384fdfc6fb384836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0447f9e3f7e4283" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R623e9181c39a46fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8af4fe35b754d33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Commerzbank AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405808622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>4,285</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>4,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,875</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,875</x:t>
+          <x:t>5,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>5,215</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,215</x:t>
-[...220 lines deleted...]
-          <x:t>4,665</x:t>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>