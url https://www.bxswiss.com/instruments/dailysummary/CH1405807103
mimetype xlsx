--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2b1e1b1f274674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256b4c03f53b4c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c795a6404174a3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba70a229f5a4435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff5863e1e2a40b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c795a6404174a3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b809bb31f6c4314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba70a229f5a4435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405807103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...43 lines deleted...]
-          <x:t>0,885</x:t>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...404 lines deleted...]
-          <x:t>0,840</x:t>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>