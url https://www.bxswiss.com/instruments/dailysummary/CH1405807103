--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256b4c03f53b4c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re351468ccc914d16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba70a229f5a4435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81beb62ba16c4dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b809bb31f6c4314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba70a229f5a4435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7fc16cbae84631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81beb62ba16c4dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405807103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1,730</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>