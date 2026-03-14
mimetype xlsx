--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re351468ccc914d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9c27966e6f942b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81beb62ba16c4dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R386463ab3b074db0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7fc16cbae84631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81beb62ba16c4dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c0dbf7e09f2462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R386463ab3b074db0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405807103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,935</x:t>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,210</x:t>
-[...539 lines deleted...]
-          <x:t>2,590</x:t>
+          <x:t>2,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>