--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc159f541d4d54bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8780e39c86384075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a426dcb77d4181"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R538e787623a04be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ae5adec56c240e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a426dcb77d4181" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3676cb8719cb4da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R538e787623a04be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Euro Stoxx 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>3,645</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,645</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>4,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>