--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8780e39c86384075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f9044de89f480f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R538e787623a04be4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a52d9306034734"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3676cb8719cb4da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R538e787623a04be4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R231f1445f80149ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a52d9306034734" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Euro Stoxx 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,015</x:t>
-[...4 lines deleted...]
-          <x:t>3,775</x:t>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>4,645</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,215</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>4,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>