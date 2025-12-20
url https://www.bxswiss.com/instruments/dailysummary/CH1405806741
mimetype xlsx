--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f9044de89f480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33afcfbaac7a476b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a52d9306034734"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cdfa8fe21ff40b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R231f1445f80149ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a52d9306034734" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d65c3a977f4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cdfa8fe21ff40b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Euro Stoxx 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,685</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,565</x:t>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>23.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,735</x:t>
-[...48 lines deleted...]
-          <x:t>4,795</x:t>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,755</x:t>
-[...38 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>5,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,045</x:t>
-[...441 lines deleted...]
-          <x:t>4,215</x:t>
+          <x:t>5,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>