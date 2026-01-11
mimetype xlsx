--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33afcfbaac7a476b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0673bd55668e42df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cdfa8fe21ff40b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51fed396ac074ad6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d65c3a977f4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cdfa8fe21ff40b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5ada60a10ee45d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51fed396ac074ad6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf Euro Stoxx 50® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>4,455</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,355</x:t>
-[...21 lines deleted...]
-          <x:t>4,845</x:t>
+          <x:t>4,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,705</x:t>
-[...38 lines deleted...]
-          <x:t>4,935</x:t>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>08.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,975</x:t>
-[...107 lines deleted...]
-          <x:t>5,275</x:t>
+          <x:t>5,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,875</x:t>
-[...134 lines deleted...]
-          <x:t>5,075</x:t>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>