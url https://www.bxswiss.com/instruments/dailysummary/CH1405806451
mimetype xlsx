--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51991ad710e5488d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R182712ae7034461f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e656556921e45b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bc923250db4091"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d7b81a67954b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e656556921e45b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94db57c7dd9849bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bc923250db4091" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Deutsche Bank AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,730</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,475</x:t>
-[...26 lines deleted...]
-          <x:t>3,610</x:t>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,750</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,740</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>3,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,840</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,915</x:t>
-[...21 lines deleted...]
-          <x:t>4,170</x:t>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,095</x:t>
-[...6 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,065</x:t>
-[...48 lines deleted...]
-          <x:t>3,890</x:t>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>3,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>