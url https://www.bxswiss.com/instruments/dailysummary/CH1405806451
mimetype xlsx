--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R182712ae7034461f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac58e1ef9fc40a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bc923250db4091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8dcf2d00e6f4d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94db57c7dd9849bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bc923250db4091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd8bb14341a4a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8dcf2d00e6f4d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Deutsche Bank AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>3,890</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,865</x:t>
-[...43 lines deleted...]
-          <x:t>4,005</x:t>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,985</x:t>
-[...43 lines deleted...]
-          <x:t>4,095</x:t>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,055</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,295</x:t>
-[...102 lines deleted...]
-          <x:t>3,975</x:t>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,945</x:t>
-[...31 lines deleted...]
-          <x:t>4,260</x:t>
+          <x:t>4,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>