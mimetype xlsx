--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a85947f59c540c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf8586416d04986" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99204260fb2e4eb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a9f40559f240b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9137fb8a9784ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99204260fb2e4eb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedc7a0f4948454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a9f40559f240b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,940</x:t>
-[...80 lines deleted...]
-          <x:t>2,910</x:t>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,890</x:t>
-[...183 lines deleted...]
-          <x:t>2,740</x:t>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,825</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,760</x:t>
-[...97 lines deleted...]
-          <x:t>2,765</x:t>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,745</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>2,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,775</x:t>
-[...80 lines deleted...]
-          <x:t>2,695</x:t>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>