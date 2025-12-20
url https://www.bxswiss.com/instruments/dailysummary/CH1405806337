--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf8586416d04986" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0157ef6734af4329" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a9f40559f240b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05bfd95c2220451a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedc7a0f4948454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a9f40559f240b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f19babee3d4e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05bfd95c2220451a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,880</x:t>
-[...630 lines deleted...]
-          <x:t>2,615</x:t>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>