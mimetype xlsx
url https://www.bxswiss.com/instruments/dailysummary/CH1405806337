--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0157ef6734af4329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918e94cf824e4ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05bfd95c2220451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8188393f00b6401c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f19babee3d4e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05bfd95c2220451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f92651f50c34f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8188393f00b6401c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>3,180</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,175</x:t>
-[...65 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>3,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>