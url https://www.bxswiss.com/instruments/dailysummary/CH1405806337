--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918e94cf824e4ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cde9874e55b458d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8188393f00b6401c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50276a69de9e4ad1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f92651f50c34f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8188393f00b6401c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60536193411f40de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50276a69de9e4ad1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1405806337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,420</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>3,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>3,480</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>3,595</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>