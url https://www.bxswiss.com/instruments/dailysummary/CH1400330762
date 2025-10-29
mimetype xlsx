--- v0 (2025-10-04)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae055b6c3654358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0235678d73f64e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd3acf8a4c84bdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc03185a2eae84ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b96501a26c4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd3acf8a4c84bdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00258fd12a2542ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc03185a2eae84ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Zalando</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,290</x:t>
-[...4 lines deleted...]
-          <x:t>98,280</x:t>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>98,620</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,920</x:t>
-[...409 lines deleted...]
-          <x:t>101,045</x:t>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>