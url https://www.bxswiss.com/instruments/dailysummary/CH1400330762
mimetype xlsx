--- v1 (2025-10-29)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0235678d73f64e80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R689155906a4a413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc03185a2eae84ff5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e27d38d9c5e4884"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00258fd12a2542ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc03185a2eae84ff5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re398461f3b45468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e27d38d9c5e4884" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Zalando</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>100,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
-        </x:is>
-[...516 lines deleted...]
-          <x:t>98,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>