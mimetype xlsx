--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R689155906a4a413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68344c843a4d496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e27d38d9c5e4884"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a755ac96ce847c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re398461f3b45468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e27d38d9c5e4884" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7a48b90e0d94312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a755ac96ce847c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Zalando</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,040</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>