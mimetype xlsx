--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68344c843a4d496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa129d37ff64bba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a755ac96ce847c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38702272edd74d5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7a48b90e0d94312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a755ac96ce847c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47bcde61b72a4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38702272edd74d5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Zalando</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>