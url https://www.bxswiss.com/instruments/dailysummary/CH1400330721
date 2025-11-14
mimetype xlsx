--- v0 (2025-10-23)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3817c4e7abb46b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275df184d264433f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e2d4a653eb4ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4d189fc08c446fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eae226bd2f84c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e2d4a653eb4ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553ee56625f74e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4d189fc08c446fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>93,410</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>92,660</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>