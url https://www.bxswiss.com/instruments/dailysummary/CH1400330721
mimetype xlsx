--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275df184d264433f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711fcf34ae9645c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4d189fc08c446fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c177d95181e4ae9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553ee56625f74e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4d189fc08c446fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b789d99b1749c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c177d95181e4ae9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>69,435</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>