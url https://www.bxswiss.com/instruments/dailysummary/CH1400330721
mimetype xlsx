--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711fcf34ae9645c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R620482140ae94aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c177d95181e4ae9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63f4de026514231"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b789d99b1749c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c177d95181e4ae9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9446e23f6ff24496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63f4de026514231" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>