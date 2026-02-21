--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R620482140ae94aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9acdea2ae8e4cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63f4de026514231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92b0f85341434b8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9446e23f6ff24496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63f4de026514231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cbfe224380d4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92b0f85341434b8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>