--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9acdea2ae8e4cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b8b08ca3a1d4d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92b0f85341434b8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6f3d778ab94eca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cbfe224380d4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92b0f85341434b8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a7e02d03524e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6f3d778ab94eca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>