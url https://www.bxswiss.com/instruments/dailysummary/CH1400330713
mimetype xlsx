--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68fef5811294531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R397d4e41696e4658" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R115b8f99fea94aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3458b7684f46a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc78e55d501944537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R115b8f99fea94aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaf2107f7d414780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3458b7684f46a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Lonza</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,395</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>101,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,505</x:t>
-[...33 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,145</x:t>
-[...38 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>100,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>100,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>101,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,965</x:t>
-[...161 lines deleted...]
-          <x:t>100,280</x:t>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>101,105</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>