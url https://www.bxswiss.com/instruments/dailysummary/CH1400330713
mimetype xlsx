--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R397d4e41696e4658" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fdb0b3cd8cd4ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3458b7684f46a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ffacee86da248cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaf2107f7d414780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3458b7684f46a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aed30a0dec846e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ffacee86da248cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Lonza</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,745</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>100,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>99,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>100,010</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,900</x:t>
-[...48 lines deleted...]
-          <x:t>100,995</x:t>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
-        </x:is>
-[...435 lines deleted...]
-          <x:t>100,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>