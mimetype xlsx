--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fdb0b3cd8cd4ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b0a521bccab468d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ffacee86da248cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c5eef64379845d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aed30a0dec846e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ffacee86da248cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb5d65dd1a5c4812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c5eef64379845d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Lonza</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,360</x:t>
-[...21 lines deleted...]
-          <x:t>99,060</x:t>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,260</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>99,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>26.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,130</x:t>
-[...16 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
-        </x:is>
-[...445 lines deleted...]
-          <x:t>100,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>