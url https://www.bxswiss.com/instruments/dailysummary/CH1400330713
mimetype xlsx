--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b0a521bccab468d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd0325c6b5044d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c5eef64379845d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d0eef2d9be4a21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb5d65dd1a5c4812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c5eef64379845d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400c7849815349f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d0eef2d9be4a21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Lonza</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400330713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>99,260</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,150</x:t>
-[...38 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,030</x:t>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>99,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,230</x:t>
-[...107 lines deleted...]
-          <x:t>99,050</x:t>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>100,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>