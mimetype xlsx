--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R754b7e15a42d4562" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971942d2b1894d06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eb5669beb794051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e0e1579baf44e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3750d30fa1416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eb5669beb794051" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redec4eb65c3f4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e0e1579baf44e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400328113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>93,500</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,090</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...347 lines deleted...]
-          <x:t>89,430</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>89,030</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>