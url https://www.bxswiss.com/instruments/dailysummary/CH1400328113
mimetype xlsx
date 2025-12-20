--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971942d2b1894d06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14aca4f285d14f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e0e1579baf44e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d6b66c8508c47db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redec4eb65c3f4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e0e1579baf44e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947e8df95727496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d6b66c8508c47db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400328113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>86,490</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...479 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,410</x:t>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>