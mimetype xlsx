--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14aca4f285d14f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6655e432ef94e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d6b66c8508c47db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd92d987c7fa4a49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947e8df95727496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d6b66c8508c47db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd57504e8d36544b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd92d987c7fa4a49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400328113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,990</x:t>
-[...16 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>98,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>