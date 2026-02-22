--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6655e432ef94e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d22749f2d294cc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd92d987c7fa4a49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R223d96fa5d0144a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd57504e8d36544b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd92d987c7fa4a49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R705eb78a3f434a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R223d96fa5d0144a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400328113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>98,010</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,200</x:t>
-        </x:is>
-[...197 lines deleted...]
-          <x:t>96,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>