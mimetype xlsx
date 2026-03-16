--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d22749f2d294cc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2ea9b80bd94f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R223d96fa5d0144a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35171057b9c34e7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R705eb78a3f434a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R223d96fa5d0144a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d761728f0134d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35171057b9c34e7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400328113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,780</x:t>
-[...31 lines deleted...]
-          <x:t>95,200</x:t>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>03.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,830</x:t>
-[...53 lines deleted...]
-          <x:t>93,150</x:t>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,300</x:t>
-[...296 lines deleted...]
-          <x:t>98,200</x:t>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>