--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aa1a1b48ede433b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792f08ffddc14d16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeee592844794b80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943cc468e0aa43a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d9723ad5c24fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeee592844794b80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80afc6e83cdb4c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943cc468e0aa43a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400327214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>