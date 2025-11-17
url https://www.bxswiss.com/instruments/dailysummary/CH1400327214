--- v1 (2025-10-28)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792f08ffddc14d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb935db819d794529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943cc468e0aa43a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f46313e3f7641da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80afc6e83cdb4c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943cc468e0aa43a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c894e9436d4f93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f46313e3f7641da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400327214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>99,140</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,850</x:t>
-[...43 lines deleted...]
-          <x:t>98,620</x:t>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,510</x:t>
-[...431 lines deleted...]
-          <x:t>98,400</x:t>
+          <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>99,110</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>