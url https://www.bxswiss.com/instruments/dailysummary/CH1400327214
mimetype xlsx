--- v2 (2025-11-17)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb935db819d794529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22bafd39f5d5466d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f46313e3f7641da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa19d1eb8184774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c894e9436d4f93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f46313e3f7641da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d6753cf94142ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa19d1eb8184774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400327214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>99,010</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,000</x:t>
-[...43 lines deleted...]
-          <x:t>99,480</x:t>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,100</x:t>
-[...16 lines deleted...]
-          <x:t>99,170</x:t>
+          <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,050</x:t>
-[...286 lines deleted...]
-          <x:t>100,715</x:t>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,290</x:t>
-[...26 lines deleted...]
-          <x:t>100,020</x:t>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>