--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb299cf3f461e4a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32ff85c85a5644bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4505667f267475f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0715a51dfe417c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297b7a771a7f4c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4505667f267475f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76b7d9f83604156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0715a51dfe417c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400327206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>101,910</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>102,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,250</x:t>
-[...485 lines deleted...]
-          <x:t>99,740</x:t>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>