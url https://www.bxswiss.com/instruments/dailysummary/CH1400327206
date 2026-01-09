--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32ff85c85a5644bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b5a3d7c6584f74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0715a51dfe417c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424edebc68a749b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76b7d9f83604156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0715a51dfe417c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd824e07f91db4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424edebc68a749b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400327206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>99,610</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>99,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>102,090</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>