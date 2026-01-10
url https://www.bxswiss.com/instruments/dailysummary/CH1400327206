--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b5a3d7c6584f74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e2077c62f524115" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424edebc68a749b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R168b084d679343f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd824e07f91db4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424edebc68a749b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce308e88f8714950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R168b084d679343f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400327206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>