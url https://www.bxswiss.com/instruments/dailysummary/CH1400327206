--- v3 (2026-01-10)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e2077c62f524115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849548daa54345fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R168b084d679343f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ae9a16b29da4a5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce308e88f8714950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R168b084d679343f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R374c4474fc614c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ae9a16b29da4a5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400327206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>100,945</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,250</x:t>
-[...431 lines deleted...]
-          <x:t>99,790</x:t>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>