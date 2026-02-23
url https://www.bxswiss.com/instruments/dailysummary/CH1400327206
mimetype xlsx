--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849548daa54345fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd8e05f6f6ab41c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ae9a16b29da4a5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a20d39db2b4431"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R374c4474fc614c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ae9a16b29da4a5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7745d65ff2649ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a20d39db2b4431" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400327206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,210</x:t>
-[...124 lines deleted...]
-          <x:t>12.01.2026</x:t>
+          <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,720</x:t>
-[...16 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,700</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>99,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>99,440</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>98,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>99,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>