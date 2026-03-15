--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd8e05f6f6ab41c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c24dbfed86947d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a20d39db2b4431"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dbcd2d894dd4097"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7745d65ff2649ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a20d39db2b4431" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa9af10fdd7e44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dbcd2d894dd4097" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400327206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>100,200</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,350</x:t>
-[...6 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,290</x:t>
-[...178 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>98,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...58 lines deleted...]
-          <x:t>99,860</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,630</x:t>
-[...200 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,930</x:t>
-[...31 lines deleted...]
-          <x:t>98,260</x:t>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>