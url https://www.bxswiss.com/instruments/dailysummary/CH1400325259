--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d25ccfd8404ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4ff4497732455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51765b06d0864a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea6821d14ec422d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2d90e57d7864c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51765b06d0864a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00861e83495f4bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea6821d14ec422d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400325259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>97,550</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,350</x:t>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,980</x:t>
-[...11 lines deleted...]
-          <x:t>97,830</x:t>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,630</x:t>
-[...11 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,820</x:t>
-[...161 lines deleted...]
-          <x:t>98,600</x:t>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>98,410</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>