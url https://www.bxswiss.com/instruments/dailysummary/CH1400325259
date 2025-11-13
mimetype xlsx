--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4ff4497732455b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5065724bc27a45aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea6821d14ec422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089b7fb7eee74c10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00861e83495f4bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea6821d14ec422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f44de0c01fd48de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089b7fb7eee74c10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400325259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,120</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,040</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,420</x:t>
-[...340 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>98,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,370</x:t>
-[...252 lines deleted...]
-          <x:t>97,510</x:t>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>