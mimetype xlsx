--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5065724bc27a45aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R261a37faee564c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089b7fb7eee74c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ca19d3923f4475"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f44de0c01fd48de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089b7fb7eee74c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d9006a4bde54386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ca19d3923f4475" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400325259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,960</x:t>
-[...232 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,940</x:t>
-[...21 lines deleted...]
-          <x:t>98,100</x:t>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,010</x:t>
-[...16 lines deleted...]
-          <x:t>98,430</x:t>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,380</x:t>
-[...301 lines deleted...]
-          <x:t>98,180</x:t>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>