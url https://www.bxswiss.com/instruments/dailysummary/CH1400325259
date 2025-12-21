--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R261a37faee564c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0935822bff18439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ca19d3923f4475"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10c4a422e1474e08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d9006a4bde54386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ca19d3923f4475" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb607e02228974ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10c4a422e1474e08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400325259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>