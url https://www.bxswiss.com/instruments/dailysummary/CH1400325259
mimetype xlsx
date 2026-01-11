--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0935822bff18439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65df3dc835e40e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10c4a422e1474e08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66331caf1c014a73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb607e02228974ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10c4a422e1474e08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c95948a80cb455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66331caf1c014a73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400325259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,810</x:t>
-[...146 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,660</x:t>
-[...144 lines deleted...]
-          <x:t>99,080</x:t>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>