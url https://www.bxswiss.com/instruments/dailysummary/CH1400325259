--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65df3dc835e40e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6930f42a343495a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66331caf1c014a73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ee1c785855a45ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c95948a80cb455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66331caf1c014a73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e11e513d954f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ee1c785855a45ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400325259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,300</x:t>
-[...247 lines deleted...]
-          <x:t>99,240</x:t>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,290</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>99,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...127 lines deleted...]
-          <x:t>99,690</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>