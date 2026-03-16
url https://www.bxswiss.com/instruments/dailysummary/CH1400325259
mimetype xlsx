--- v6 (2026-02-21)
+++ v7 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6930f42a343495a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70589d80ed1a4e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ee1c785855a45ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R615f3af148a9416f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e11e513d954f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ee1c785855a45ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d4bbcaf854444d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R615f3af148a9416f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400325259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,670</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>98,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...316 lines deleted...]
-          <x:t>98,460</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>