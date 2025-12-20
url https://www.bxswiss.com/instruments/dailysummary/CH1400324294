--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf87861c7d5cb45c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08867ac39b31457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R798668a926ad4233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a2d96e49164c28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf2fbbcaed5446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R798668a926ad4233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd722292703964e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a2d96e49164c28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>97,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>