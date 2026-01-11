--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08867ac39b31457e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6db7617263bc4a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a2d96e49164c28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ae7d6822f86457d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd722292703964e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a2d96e49164c28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re695dcd3601d415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ae7d6822f86457d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>96,690</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,040</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>95,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,470</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>