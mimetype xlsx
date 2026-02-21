--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6db7617263bc4a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ec0c225efa42d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ae7d6822f86457d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d8ac01a2594510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re695dcd3601d415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ae7d6822f86457d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3e5a7024954cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d8ac01a2594510" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,640</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>