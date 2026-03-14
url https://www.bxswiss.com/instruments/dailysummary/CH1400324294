--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ec0c225efa42d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R243f1a2d50b34ec8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d8ac01a2594510"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R357784a9e7ee44b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3e5a7024954cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d8ac01a2594510" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31ef3835c61f40cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R357784a9e7ee44b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>