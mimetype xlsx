--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5fefd6255f43c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094798f3546a4f01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48c9cd7077e34d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea79d1bea7124a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31888af86b2643f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48c9cd7077e34d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2adda65069af45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea79d1bea7124a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>83,910</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>