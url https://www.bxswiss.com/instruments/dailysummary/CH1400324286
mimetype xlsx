--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094798f3546a4f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b4d149392c34c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea79d1bea7124a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c693c3e69b946cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2adda65069af45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea79d1bea7124a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re176b60ceaed4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c693c3e69b946cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>89,800</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>88,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>