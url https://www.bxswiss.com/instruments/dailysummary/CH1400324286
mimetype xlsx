--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b4d149392c34c40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158e320054ec43f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c693c3e69b946cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb031c7c2c7ba4ae8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re176b60ceaed4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c693c3e69b946cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b967f9f9ddc469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb031c7c2c7ba4ae8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>86,860</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,310</x:t>
-[...161 lines deleted...]
-          <x:t>90,690</x:t>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>