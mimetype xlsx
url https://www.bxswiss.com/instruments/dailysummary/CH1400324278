--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c3cc77381c94dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R723b7ec7b03c42da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7af6dbc72614900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b91d5f64294070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2d3168fc7b4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7af6dbc72614900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81372edcb6494d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b91d5f64294070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>