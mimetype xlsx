--- v1 (2025-10-28)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R723b7ec7b03c42da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953ddf7876c847eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b91d5f64294070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87facb94535c4c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81372edcb6494d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b91d5f64294070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ca15f1c8c974594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87facb94535c4c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,390</x:t>
-[...31 lines deleted...]
-          <x:t>90,720</x:t>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>90,440</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>