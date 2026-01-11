--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953ddf7876c847eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c95a0481994af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87facb94535c4c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c0b1c07488c43b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ca15f1c8c974594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87facb94535c4c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb597b3d231214a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c0b1c07488c43b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,280</x:t>
-[...26 lines deleted...]
-          <x:t>96,340</x:t>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>96,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>