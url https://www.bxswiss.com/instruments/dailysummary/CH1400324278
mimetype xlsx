--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c95a0481994af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415cdba6be36402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c0b1c07488c43b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01039ec0e3ad41cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb597b3d231214a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c0b1c07488c43b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c4430004b44bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01039ec0e3ad41cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,480</x:t>
-        </x:is>
-[...364 lines deleted...]
-          <x:t>95,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>