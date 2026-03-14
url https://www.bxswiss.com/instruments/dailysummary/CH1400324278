--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415cdba6be36402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c45486c0c164d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01039ec0e3ad41cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf4e2d9cecd4004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5c4430004b44bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01039ec0e3ad41cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b0b8d5043c4247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf4e2d9cecd4004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400324278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>93,850</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,660</x:t>
-[...38 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,800</x:t>
-[...75 lines deleted...]
-          <x:t>93,960</x:t>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,500</x:t>
-[...43 lines deleted...]
-          <x:t>94,000</x:t>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,280</x:t>
-[...65 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>96,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>