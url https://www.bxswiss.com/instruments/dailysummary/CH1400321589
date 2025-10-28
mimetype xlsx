--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5bf9f9b803417c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc994baaff44c46f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R108263a524a84624"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc289e408194c00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec8259cf8644282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R108263a524a84624" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199d3dacaa9f4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc289e408194c00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400321589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,480</x:t>
-[...156 lines deleted...]
-          <x:t>86,860</x:t>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,840</x:t>
-[...436 lines deleted...]
-          <x:t>89,240</x:t>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>