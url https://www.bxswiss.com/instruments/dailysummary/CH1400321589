--- v1 (2025-10-28)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc994baaff44c46f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb51a7e2e4b6a49f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc289e408194c00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492154b07f9940c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199d3dacaa9f4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc289e408194c00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cbe746273d04717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492154b07f9940c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400321589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>88,450</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>