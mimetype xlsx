--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb51a7e2e4b6a49f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00197bd952fc401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492154b07f9940c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd1454496e88450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cbe746273d04717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492154b07f9940c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd45d473e65934ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd1454496e88450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400321589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>