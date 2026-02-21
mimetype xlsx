--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00197bd952fc401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f2027088c014254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd1454496e88450c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff15ef3147e445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd45d473e65934ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd1454496e88450c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb026d67d0b34476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff15ef3147e445a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400321589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>