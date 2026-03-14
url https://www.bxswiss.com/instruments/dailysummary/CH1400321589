--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f2027088c014254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c142090dd214408" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff15ef3147e445a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27b464c9d66c4164"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb026d67d0b34476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff15ef3147e445a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70a3e3fbdfae496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27b464c9d66c4164" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1400321589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>