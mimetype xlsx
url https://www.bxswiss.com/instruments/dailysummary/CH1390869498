--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a4f35254ae43f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8bb24b41e3d4046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97f1d9cd2fec4fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf91d9aac384e82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R243a5e69327b4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97f1d9cd2fec4fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f87f2ebfbd44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf91d9aac384e82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390869498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>99,530</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>99,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,720</x:t>
-[...11 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,310</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,550</x:t>
-[...107 lines deleted...]
-          <x:t>99,790</x:t>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,430</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,590</x:t>
-[...117 lines deleted...]
-          <x:t>100,230</x:t>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>