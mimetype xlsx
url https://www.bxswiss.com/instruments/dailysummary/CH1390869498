--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8bb24b41e3d4046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4397fc68424649fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf91d9aac384e82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65eef9e163a04c39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f87f2ebfbd44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf91d9aac384e82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e75e356abf48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65eef9e163a04c39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390869498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>99,450</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>99,940</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,820</x:t>
-[...43 lines deleted...]
-          <x:t>100,360</x:t>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,950</x:t>
-[...119 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,570</x:t>
-[...274 lines deleted...]
-          <x:t>99,350</x:t>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>