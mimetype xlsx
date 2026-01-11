--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4397fc68424649fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7daf2b67b1c441b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65eef9e163a04c39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a2e23e45184b7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e75e356abf48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65eef9e163a04c39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a7a9ac81754fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a2e23e45184b7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390869498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,505</x:t>
-[...399 lines deleted...]
-          <x:t>101,205</x:t>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,065</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>