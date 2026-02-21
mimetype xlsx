--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7daf2b67b1c441b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4064e8a0eb34985" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a2e23e45184b7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ecede2b2fb6421e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a7a9ac81754fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a2e23e45184b7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07fc7fe1a30c4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ecede2b2fb6421e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390869498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,555</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>