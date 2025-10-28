--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6451b6af38a4db3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b4947f215be40ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0633e08658424014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc503c4f87aa0492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a765b4b84d647bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0633e08658424014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3be927f1d34a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc503c4f87aa0492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Mara Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390869456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,625 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>102,910</x:t>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,690</x:t>
-[...16 lines deleted...]
-          <x:t>102,640</x:t>
+          <x:t>102,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,640</x:t>
-[...173 lines deleted...]
-          <x:t>103,285</x:t>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,265</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>103,485</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,485</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,685</x:t>
@@ -791,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>