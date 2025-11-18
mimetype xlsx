--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b4947f215be40ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54ec06280ee44ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc503c4f87aa0492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31ac69837ee34d32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3be927f1d34a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc503c4f87aa0492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5621edc3484f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31ac69837ee34d32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Mara Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390869456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>104,155</x:t>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,035</x:t>
-[...65 lines deleted...]
-          <x:t>104,085</x:t>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,015</x:t>
-[...65 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>104,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,305</x:t>
-[...139 lines deleted...]
-          <x:t>104,700</x:t>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>