--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb84820704ed4eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496115a8ac154522" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b675cf2827741a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98502fbf2ba64c79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f51e1d3de6441ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b675cf2827741a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09287e3959c74d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98502fbf2ba64c79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Mara Holdings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390869449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,230</x:t>
-[...31 lines deleted...]
-          <x:t>101,835</x:t>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>102,480</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,940</x:t>
-[...16 lines deleted...]
-          <x:t>102,400</x:t>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,400</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>102,660</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,660</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>102,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,830</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>