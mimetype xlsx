--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf27cf5fedc4664" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra723a55a92394fb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50041a7f29964a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb680ff30be74393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b252a4aaa484d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50041a7f29964a00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c1e54ced10414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb680ff30be74393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390866627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>93,370</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>92,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>92,160</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,860</x:t>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>