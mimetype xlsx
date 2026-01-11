--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra723a55a92394fb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc89aa99b896e4e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb680ff30be74393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd971513c2b994568"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c1e54ced10414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb680ff30be74393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66da2e3b94334787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd971513c2b994568" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390866627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>93,150</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>