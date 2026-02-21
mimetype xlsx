--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc89aa99b896e4e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2cfe1e7dd441c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd971513c2b994568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd6360fafe541cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66da2e3b94334787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd971513c2b994568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b0bb73827a4c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd6360fafe541cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390866627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,800</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>