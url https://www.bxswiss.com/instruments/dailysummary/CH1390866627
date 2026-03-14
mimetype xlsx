--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2cfe1e7dd441c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb257f53d56bd42d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd6360fafe541cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2662b58a4e4190"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b0bb73827a4c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd6360fafe541cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb896b486584243c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2662b58a4e4190" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390866627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>