--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3a31d6bb6f406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f7d29fc470e47c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6307d9a4772c453a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce250fe8408d49d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76e7c20d36ba4fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6307d9a4772c453a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385559a65dcf4d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce250fe8408d49d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390863913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,280</x:t>
-[...291 lines deleted...]
-          <x:t>99,520</x:t>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,000</x:t>
-[...16 lines deleted...]
-          <x:t>99,530</x:t>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,530</x:t>
-[...274 lines deleted...]
-          <x:t>101,145</x:t>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>