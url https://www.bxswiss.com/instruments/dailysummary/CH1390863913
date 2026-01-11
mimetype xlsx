--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f7d29fc470e47c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3732e84c585d4c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce250fe8408d49d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8bd6c1e21e4501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385559a65dcf4d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce250fe8408d49d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd58834136cbd4ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8bd6c1e21e4501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390863913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>20.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,550</x:t>
-[...21 lines deleted...]
-          <x:t>100,160</x:t>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,250</x:t>
-[...92 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,540</x:t>
-[...441 lines deleted...]
-          <x:t>99,490</x:t>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>