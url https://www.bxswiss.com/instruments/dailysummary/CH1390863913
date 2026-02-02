--- v2 (2026-01-11)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3732e84c585d4c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd83dfdca87e49a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8bd6c1e21e4501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b2c9323b86a4e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd58834136cbd4ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8bd6c1e21e4501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaecc9742a9e426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b2c9323b86a4e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390863913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>