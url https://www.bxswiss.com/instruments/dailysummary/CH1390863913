--- v3 (2026-02-02)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd83dfdca87e49a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e3b7fd51c284880" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b2c9323b86a4e23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8d38b41adb647c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaecc9742a9e426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b2c9323b86a4e23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c1ba8c08ea4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8d38b41adb647c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Biontech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390863913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>102,510</x:t>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,380</x:t>
-[...16 lines deleted...]
-          <x:t>102,360</x:t>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,310</x:t>
-[...16 lines deleted...]
-          <x:t>102,520</x:t>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,520</x:t>
-[...11 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,780</x:t>
-[...129 lines deleted...]
-          <x:t>102,610</x:t>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,520</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>102,690</x:t>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,590</x:t>
-[...193 lines deleted...]
-          <x:t>102,790</x:t>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>