--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d41364b22324ec8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb456d768b674ce4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f98e45dab9e4632"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f940e3398cc4956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4f8725bbe80405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f98e45dab9e4632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05fbdc2a50094d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f940e3398cc4956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390863905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,840</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>92,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,430</x:t>
-[...490 lines deleted...]
-          <x:t>91,620</x:t>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>