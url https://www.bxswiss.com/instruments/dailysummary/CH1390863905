--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb456d768b674ce4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re66215743c4d48e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f940e3398cc4956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf156877232db4f59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05fbdc2a50094d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f940e3398cc4956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra25616e8ce61409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf156877232db4f59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390863905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>91,470</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>91,380</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,260</x:t>
-[...355 lines deleted...]
-          <x:t>94,230</x:t>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>