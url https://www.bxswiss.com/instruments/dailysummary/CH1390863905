--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re66215743c4d48e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc657f5fc4cb141fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf156877232db4f59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1044bf3bf18468a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra25616e8ce61409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf156877232db4f59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c8dc66f904f4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1044bf3bf18468a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390863905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>93,130</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,680</x:t>
-[...70 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,330</x:t>
-[...63 lines deleted...]
-          <x:t>92,310</x:t>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>