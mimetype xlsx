--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda2b82521d74d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re07ba907a89e4d8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4b0bfdc68c4181"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30e5a45aaff44d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccd8bbd872b44e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4b0bfdc68c4181" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a986353707b48ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30e5a45aaff44d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Gold CHF Hedged Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390861248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>