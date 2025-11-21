--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re07ba907a89e4d8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4b92ce5cfd4e0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30e5a45aaff44d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1a0f6bcf334acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a986353707b48ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30e5a45aaff44d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3dbb96d6f54949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1a0f6bcf334acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Gold CHF Hedged Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390861248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>25,033</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,173</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>25,793</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,758</x:t>
-[...404 lines deleted...]
-          <x:t>25,463</x:t>
+          <x:t>25,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>