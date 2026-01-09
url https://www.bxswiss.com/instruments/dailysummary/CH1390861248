--- v2 (2025-11-21)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4b92ce5cfd4e0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref60d6b7585947ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa1a0f6bcf334acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra30d0a0e0a0a4b3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3dbb96d6f54949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa1a0f6bcf334acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b5ea78838964762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra30d0a0e0a0a4b3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Gold CHF Hedged Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390861248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>26,215</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,075</x:t>
-[...367 lines deleted...]
-          <x:t>26,165</x:t>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,125</x:t>
-[...166 lines deleted...]
-          <x:t>25,788</x:t>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>