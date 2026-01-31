--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref60d6b7585947ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c89ef0f3c80463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra30d0a0e0a0a4b3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e90180ff42246e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b5ea78838964762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra30d0a0e0a0a4b3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59bef57d2a884b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e90180ff42246e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Gold CHF Hedged Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390861248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>