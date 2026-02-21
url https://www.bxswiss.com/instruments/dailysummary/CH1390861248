--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c89ef0f3c80463e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcacc5d0af284eba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e90180ff42246e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R071881b61463485c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59bef57d2a884b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e90180ff42246e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bd95c6ca1304260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R071881b61463485c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Gold CHF Hedged Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390861248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>