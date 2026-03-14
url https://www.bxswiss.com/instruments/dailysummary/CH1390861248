--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcacc5d0af284eba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd6b655d75d41da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R071881b61463485c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29752141b1f4f84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bd95c6ca1304260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R071881b61463485c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c954f614499402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29752141b1f4f84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Gold CHF Hedged Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390861248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>31,943</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,018</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>31,338</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,503</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>31,548</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>