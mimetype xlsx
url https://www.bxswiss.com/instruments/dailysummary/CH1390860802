--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a9e46135e6428c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f3a48dbabf64cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83525952fd534811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3a1dc24eb64a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a3d69f36679455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83525952fd534811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a4395adf684dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3a1dc24eb64a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>98,150</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>25.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,640</x:t>
-[...225 lines deleted...]
-          <x:t>99,320</x:t>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>