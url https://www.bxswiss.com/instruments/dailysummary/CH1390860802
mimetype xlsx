--- v1 (2025-11-17)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f3a48dbabf64cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11701214da294c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3a1dc24eb64a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d5403c12053497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a4395adf684dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3a1dc24eb64a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re724e1daf9e54b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d5403c12053497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,980</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,840</x:t>
-[...26 lines deleted...]
-          <x:t>96,390</x:t>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>20.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,590</x:t>
-[...134 lines deleted...]
-          <x:t>99,300</x:t>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,720</x:t>
-[...11 lines deleted...]
-          <x:t>98,460</x:t>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,460</x:t>
-[...16 lines deleted...]
-          <x:t>99,440</x:t>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,030</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.11.2025</x:t>
-[...154 lines deleted...]
-          <x:t>98,940</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>