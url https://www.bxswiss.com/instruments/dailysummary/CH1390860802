--- v2 (2025-12-20)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11701214da294c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra92537a5374b4f95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d5403c12053497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28334f4e422945e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re724e1daf9e54b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d5403c12053497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7154f4068b374324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28334f4e422945e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>98,410</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,250</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>99,210</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>100,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>