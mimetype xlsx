--- v3 (2026-01-15)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra92537a5374b4f95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1d6d2be8304bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28334f4e422945e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8084568e4c464093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7154f4068b374324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28334f4e422945e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5203abb82149c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8084568e4c464093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>99,850</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>99,950</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,950</x:t>
-[...210 lines deleted...]
-          <x:t>99,540</x:t>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,670</x:t>
-[...102 lines deleted...]
-          <x:t>98,950</x:t>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,230</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>99,210</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>