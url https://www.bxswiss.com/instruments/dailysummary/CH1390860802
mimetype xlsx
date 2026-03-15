--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1d6d2be8304bb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac3e3224fa2f4daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8084568e4c464093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77478f6b02e74879"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5203abb82149c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8084568e4c464093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd666c77b56b4a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77478f6b02e74879" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>100,300</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,450</x:t>
-[...43 lines deleted...]
-          <x:t>99,580</x:t>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,410</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,500</x:t>
-[...124 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,610</x:t>
-[...269 lines deleted...]
-          <x:t>98,320</x:t>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>