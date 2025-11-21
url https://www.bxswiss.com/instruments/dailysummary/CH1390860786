--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73201ff65e644cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab269139e4e74ecc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffff6ecdde8a461d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a678e63689c4fce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900fc14d501f400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffff6ecdde8a461d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R558e5840301a441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a678e63689c4fce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,590</x:t>
-[...4 lines deleted...]
-          <x:t>94,910</x:t>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,780</x:t>
-[...31 lines deleted...]
-          <x:t>95,520</x:t>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>95,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>