--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab269139e4e74ecc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8089d9cb3a4216" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a678e63689c4fce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R435cdd97a54e4f86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R558e5840301a441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a678e63689c4fce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68bb20022ad437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R435cdd97a54e4f86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,080</x:t>
-[...539 lines deleted...]
-          <x:t>95,580</x:t>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...19 lines deleted...]
-          <x:t>96,280</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>