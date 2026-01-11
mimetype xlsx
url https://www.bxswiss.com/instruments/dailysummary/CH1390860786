--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8089d9cb3a4216" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995f1f22f5394bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R435cdd97a54e4f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233d6934a7904d43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra68bb20022ad437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R435cdd97a54e4f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra812568c2f0e4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233d6934a7904d43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>95,580</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>