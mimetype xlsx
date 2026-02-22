--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995f1f22f5394bfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcee7e4694f234013" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233d6934a7904d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R155c8524df8e4825"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra812568c2f0e4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233d6934a7904d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393f46c080c94de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R155c8524df8e4825" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,740</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>