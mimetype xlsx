--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9cf8bbbd9a49e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376adf5c958e43fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77ecdb02ea74425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6312b547a6954639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba4a4da4217d4dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77ecdb02ea74425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9891be57ce24967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6312b547a6954639" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>99,470</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,770</x:t>
-[...43 lines deleted...]
-          <x:t>99,210</x:t>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,290</x:t>
-[...222 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,790</x:t>
-[...252 lines deleted...]
-          <x:t>98,450</x:t>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>