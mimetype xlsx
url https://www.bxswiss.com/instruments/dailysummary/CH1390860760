--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376adf5c958e43fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2314ece021448ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6312b547a6954639"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dff36a55a684ce8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9891be57ce24967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6312b547a6954639" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844464c8fc90470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dff36a55a684ce8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>100,550</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,400</x:t>
-[...16 lines deleted...]
-          <x:t>100,400</x:t>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,320</x:t>
-[...97 lines deleted...]
-          <x:t>101,095</x:t>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,875</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,905</x:t>
-[...16 lines deleted...]
-          <x:t>101,325</x:t>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,245</x:t>
-[...85 lines deleted...]
-          <x:t>101,425</x:t>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>