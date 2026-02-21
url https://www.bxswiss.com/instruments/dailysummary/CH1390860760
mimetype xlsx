--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2314ece021448ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b7a5be3bac45c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dff36a55a684ce8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c8de99ad414b59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844464c8fc90470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dff36a55a684ce8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702b6888fefe44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c8de99ad414b59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>101,325</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>101,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>