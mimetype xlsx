--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b7a5be3bac45c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033f17d43de64d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c8de99ad414b59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re772d08154804fee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702b6888fefe44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c8de99ad414b59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4999affaca3547e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re772d08154804fee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390860760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>101,960</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,745</x:t>
-[...129 lines deleted...]
-          <x:t>102,320</x:t>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>100,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>100,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>18.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,355</x:t>
-[...63 lines deleted...]
-          <x:t>101,765</x:t>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>