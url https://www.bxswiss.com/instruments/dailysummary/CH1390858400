--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec9e138578304175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3dce2e4956543d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a51e79b8b5f4884"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaae0aa4914349b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9b1605c88c849d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a51e79b8b5f4884" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c4871c1c5de4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaae0aa4914349b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390858400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>81,360</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>82,270</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>83,030</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>