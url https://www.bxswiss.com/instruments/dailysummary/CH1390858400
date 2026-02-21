--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3dce2e4956543d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2113b11900354e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaae0aa4914349b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242945da69f740da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c4871c1c5de4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaae0aa4914349b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7cbea56a2024e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242945da69f740da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390858400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>81,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>85,240</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>