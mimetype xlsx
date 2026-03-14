--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2113b11900354e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra48d272f1cfd442e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242945da69f740da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a2e556a05cd4c6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7cbea56a2024e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242945da69f740da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42ebf089441745bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a2e556a05cd4c6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1390858400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>80,660</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,660</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,950</x:t>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>