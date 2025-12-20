--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R082dccd0a016443d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa766d2d1e074d8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78c8a0c662f94f6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87156bc32cdc47c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R997edd9e23f6453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78c8a0c662f94f6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaadc2d23ac643d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87156bc32cdc47c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Adidas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381840052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,630</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>