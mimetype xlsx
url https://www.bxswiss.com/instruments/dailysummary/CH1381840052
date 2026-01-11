--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa766d2d1e074d8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b48399026a14796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87156bc32cdc47c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc059b5678934c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaadc2d23ac643d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87156bc32cdc47c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cc1563cfb534095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc059b5678934c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Adidas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381840052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>