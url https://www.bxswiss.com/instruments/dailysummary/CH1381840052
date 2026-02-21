--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b48399026a14796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1e43d33ba44423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc059b5678934c78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f0e67dcf7147e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cc1563cfb534095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc059b5678934c78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41e50b5087d548b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f0e67dcf7147e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Adidas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381840052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,890</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>