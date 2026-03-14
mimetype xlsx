--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1e43d33ba44423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ae91659ae641e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f0e67dcf7147e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e32efc54e4c4cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41e50b5087d548b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f0e67dcf7147e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90eed2ae24b44637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e32efc54e4c4cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Adidas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381840052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>82,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>