--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfdfd11ba8854f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0403321d7d5245dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28cd4ac54c304174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ba5c476a1f4711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb58ae80d19114415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28cd4ac54c304174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed227bb9d9e472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ba5c476a1f4711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381837538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>101,565</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,515</x:t>
-[...11 lines deleted...]
-          <x:t>101,565</x:t>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,565</x:t>
-[...26 lines deleted...]
-          <x:t>98,420</x:t>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>101,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>