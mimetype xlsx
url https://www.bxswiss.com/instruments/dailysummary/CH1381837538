--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0403321d7d5245dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa7abfc3de44fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ba5c476a1f4711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57314bd399047bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed227bb9d9e472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ba5c476a1f4711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d334a11f8e64412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57314bd399047bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381837538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,465</x:t>
-[...237 lines deleted...]
-          <x:t>101,675</x:t>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,675</x:t>
-[...16 lines deleted...]
-          <x:t>101,980</x:t>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,980</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>102,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>98,890</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>