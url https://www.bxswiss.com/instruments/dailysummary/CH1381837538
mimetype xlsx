--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa7abfc3de44fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04afc8a04b874b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57314bd399047bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R445db1b7f9de4c9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d334a11f8e64412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57314bd399047bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8b8322ca1e4d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R445db1b7f9de4c9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381837538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>102,110</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,090</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>102,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,220</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>102,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,380</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>