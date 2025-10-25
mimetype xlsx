--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53f3d4c17498472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23cbb280087140d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86600b77621e4c33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e843c6aca3648da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72513e39b554169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86600b77621e4c33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f3ed16c10e4ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e843c6aca3648da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381834303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>88,130</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>89,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,740</x:t>
-[...97 lines deleted...]
-          <x:t>87,250</x:t>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,420</x:t>
-[...355 lines deleted...]
-          <x:t>90,360</x:t>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>