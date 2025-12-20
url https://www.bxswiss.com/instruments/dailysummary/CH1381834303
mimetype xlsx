--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23cbb280087140d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea3f68031e84cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e843c6aca3648da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddcd93500f0644cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f3ed16c10e4ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e843c6aca3648da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27c71223956a4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddcd93500f0644cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381834303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>83,500</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,350</x:t>
-[...598 lines deleted...]
-          <x:t>86,760</x:t>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>