--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea3f68031e84cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ca71d91809244e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddcd93500f0644cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8651c294f10d44a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27c71223956a4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddcd93500f0644cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e36e06d9f5437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8651c294f10d44a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381834303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,940</x:t>
-[...597 lines deleted...]
-        <x:is>
           <x:t>87,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>