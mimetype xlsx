--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ca71d91809244e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R357aa5dcf9144e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8651c294f10d44a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff381abd34654886"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e36e06d9f5437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8651c294f10d44a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803f7145e0f741c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff381abd34654886" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381834303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>88,490</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>