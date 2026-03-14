--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R357aa5dcf9144e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56fbba8d24274a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff381abd34654886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4711205594e14310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803f7145e0f741c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff381abd34654886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdbc7057caef4c53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4711205594e14310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1381834303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>