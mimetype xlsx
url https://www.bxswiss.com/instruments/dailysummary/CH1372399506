--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16719a453ca245c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc14d89abef464b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25ffc943e1044afa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8234872acf48b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a7200a3aeae4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25ffc943e1044afa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddbbdda9be284fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8234872acf48b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.54% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>97,690</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>97,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,540</x:t>
-[...48 lines deleted...]
-          <x:t>99,470</x:t>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,270</x:t>
-[...97 lines deleted...]
-          <x:t>99,370</x:t>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,110</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>99,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>