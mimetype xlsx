--- v1 (2025-10-25)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc14d89abef464b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c06824f9cf42b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8234872acf48b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4665412d5c524651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddbbdda9be284fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8234872acf48b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R314ed964103f4cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4665412d5c524651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.54% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,410</x:t>
-[...33 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,180</x:t>
-[...11 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,580</x:t>
-[...421 lines deleted...]
-          <x:t>98,250</x:t>
+          <x:t>98,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,480</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>99,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>