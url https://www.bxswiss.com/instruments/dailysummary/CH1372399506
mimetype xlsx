--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c06824f9cf42b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra12b872b6b90450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4665412d5c524651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78bfaee376e24010"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R314ed964103f4cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4665412d5c524651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12dfca1d8ab64c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78bfaee376e24010" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.54% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,820</x:t>
-[...48 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,820</x:t>
-[...48 lines deleted...]
-          <x:t>99,240</x:t>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,200</x:t>
-[...11 lines deleted...]
-          <x:t>99,360</x:t>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,330</x:t>
-[...75 lines deleted...]
-          <x:t>99,650</x:t>
+          <x:t>99,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,530</x:t>
-[...377 lines deleted...]
-          <x:t>98,480</x:t>
+          <x:t>99,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>