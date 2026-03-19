--- v3 (2026-02-26)
+++ v4 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra12b872b6b90450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f23ef913eb421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78bfaee376e24010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182cf8648a944fc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12dfca1d8ab64c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78bfaee376e24010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdff3fe9af2bc4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182cf8648a944fc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.54% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>100,120</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,660</x:t>
-[...151 lines deleted...]
-          <x:t>99,360</x:t>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>98,780</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...145 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
-        </x:is>
-[...143 lines deleted...]
-          <x:t>99,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>