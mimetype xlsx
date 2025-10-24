--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd2c118f073b4201" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209ab59731484861" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dfce592811040d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R366dd71134c340c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6c3df7c8c5c414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dfce592811040d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb865482702a249e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R366dd71134c340c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,200</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,180</x:t>
-[...242 lines deleted...]
-          <x:t>98,330</x:t>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>17.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,230</x:t>
-[...279 lines deleted...]
-          <x:t>99,680</x:t>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>