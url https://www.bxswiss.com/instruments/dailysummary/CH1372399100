--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209ab59731484861" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd02c069a6024584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R366dd71134c340c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67bab6d7dce4ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb865482702a249e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R366dd71134c340c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50dee82ef6d64d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67bab6d7dce4ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,680</x:t>
-[...21 lines deleted...]
-          <x:t>99,380</x:t>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,380</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,390</x:t>
-[...48 lines deleted...]
-          <x:t>98,950</x:t>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>98,430</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,090</x:t>
-[...350 lines deleted...]
-          <x:t>99,050</x:t>
+          <x:t>98,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>