--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd02c069a6024584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c30b2ca9e3482a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67bab6d7dce4ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae8e8de67254a8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50dee82ef6d64d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67bab6d7dce4ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23fdcd9e35aa4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae8e8de67254a8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,480</x:t>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,340</x:t>
-[...6 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,750</x:t>
-[...16 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,710</x:t>
-[...70 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,540</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,120</x:t>
-[...21 lines deleted...]
-          <x:t>99,740</x:t>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,460</x:t>
-[...301 lines deleted...]
-          <x:t>98,030</x:t>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>