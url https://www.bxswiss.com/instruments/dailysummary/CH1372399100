--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c30b2ca9e3482a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71fc020da4743f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae8e8de67254a8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e4447a9b1dc40c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23fdcd9e35aa4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae8e8de67254a8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd6b387828d4263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e4447a9b1dc40c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>98,880</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,840</x:t>
-[...21 lines deleted...]
-          <x:t>99,240</x:t>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>02.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,520</x:t>
-[...360 lines deleted...]
-          <x:t>99,800</x:t>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>