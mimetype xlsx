--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71fc020da4743f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15735c54ae4d4b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e4447a9b1dc40c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb5a140025d4a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd6b387828d4263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e4447a9b1dc40c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b1a56c8983e493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb5a140025d4a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>99,250</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,150</x:t>
-[...97 lines deleted...]
-          <x:t>99,460</x:t>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,460</x:t>
-[...274 lines deleted...]
-          <x:t>99,570</x:t>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>