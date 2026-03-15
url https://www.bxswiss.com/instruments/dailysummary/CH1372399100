--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15735c54ae4d4b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72b5f4506904424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb5a140025d4a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dabc6d50e284ef9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b1a56c8983e493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb5a140025d4a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c273131adc24cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dabc6d50e284ef9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372399100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,850</x:t>
-[...80 lines deleted...]
-          <x:t>100,170</x:t>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,090</x:t>
-[...70 lines deleted...]
-          <x:t>100,360</x:t>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>99,310</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,310</x:t>
-[...60 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>99,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,350</x:t>
-[...242 lines deleted...]
-          <x:t>99,660</x:t>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>