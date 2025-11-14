--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2a05f17016f4c3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf3e37c405f4f05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf04b421a187647af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f2b5a424884c85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd14877a9164548ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf04b421a187647af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb5429421594938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f2b5a424884c85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.28% p.a. Multi Barrier Reverse Convertible on Apple, Meta Platforms, Microsoft, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>97,520</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,020</x:t>
-[...522 lines deleted...]
-          <x:t>98,270</x:t>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>