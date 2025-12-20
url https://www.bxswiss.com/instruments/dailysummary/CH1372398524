--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf3e37c405f4f05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e2c4c5b83f42f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f2b5a424884c85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62b24b6ba4d45ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb5429421594938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f2b5a424884c85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c1e8c42441a4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62b24b6ba4d45ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.28% p.a. Multi Barrier Reverse Convertible on Apple, Meta Platforms, Microsoft, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,370</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,680</x:t>
-[...146 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,810</x:t>
-[...70 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,350</x:t>
-[...387 lines deleted...]
-          <x:t>97,160</x:t>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>