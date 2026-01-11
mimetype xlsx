--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e2c4c5b83f42f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a9387c3119c4668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62b24b6ba4d45ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88deafbfd728430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c1e8c42441a4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62b24b6ba4d45ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895f40206799489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88deafbfd728430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.28% p.a. Multi Barrier Reverse Convertible on Apple, Meta Platforms, Microsoft, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>98,330</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,220</x:t>
-[...48 lines deleted...]
-          <x:t>98,570</x:t>
+          <x:t>98,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>98,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,300</x:t>
-[...38 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,390</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,870</x:t>
-[...53 lines deleted...]
-          <x:t>99,270</x:t>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>