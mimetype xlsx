--- v3 (2026-01-11)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a9387c3119c4668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30aa6418b5da45d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88deafbfd728430b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7c4a95f61324e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895f40206799489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88deafbfd728430b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3013cf767124d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7c4a95f61324e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.28% p.a. Multi Barrier Reverse Convertible on Apple, Meta Platforms, Microsoft, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,820</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>98,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,850</x:t>
-[...26 lines deleted...]
-          <x:t>98,820</x:t>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,700</x:t>
-[...26 lines deleted...]
-          <x:t>99,120</x:t>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>