--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30aa6418b5da45d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231efbcdd0394be1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7c4a95f61324e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb049e835b2e14c1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3013cf767124d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7c4a95f61324e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef5276a9f0140ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb049e835b2e14c1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.28% p.a. Multi Barrier Reverse Convertible on Apple, Meta Platforms, Microsoft, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,060</x:t>
-[...26 lines deleted...]
-          <x:t>99,030</x:t>
+          <x:t>98,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>99,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,890</x:t>
-[...431 lines deleted...]
-          <x:t>97,520</x:t>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>