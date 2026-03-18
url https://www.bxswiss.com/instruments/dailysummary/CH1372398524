--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231efbcdd0394be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634dd2a9e1754a6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb049e835b2e14c1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753df3aaee9848f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef5276a9f0140ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb049e835b2e14c1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c14a9e02904518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753df3aaee9848f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.28% p.a. Multi Barrier Reverse Convertible on Apple, Meta Platforms, Microsoft, Nvidia, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>98,220</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>98,710</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>