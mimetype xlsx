--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c822252b3854869" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re86317fbd2f14965" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0206a3f7b8d64c46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1042819175a4c3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4da9a5a9a0423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0206a3f7b8d64c46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249ed97176f04de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1042819175a4c3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.03% p.a. Multi Barrier Reverse Convertible on EMS-Chemie, Nvidia, Sika, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>97,410</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>97,380</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...154 lines deleted...]
-          <x:t>98,380</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>