--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re86317fbd2f14965" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041f381561804c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1042819175a4c3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43480e5eab144ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249ed97176f04de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1042819175a4c3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86d3b03f9b794eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43480e5eab144ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.03% p.a. Multi Barrier Reverse Convertible on EMS-Chemie, Nvidia, Sika, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>95,850</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>