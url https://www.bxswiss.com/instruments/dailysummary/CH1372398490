--- v2 (2026-01-11)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041f381561804c89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8ffe48336cc433d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43480e5eab144ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3653ac2d8f0474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86d3b03f9b794eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43480e5eab144ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8603a6ad51dc4cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3653ac2d8f0474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.03% p.a. Multi Barrier Reverse Convertible on EMS-Chemie, Nvidia, Sika, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>95,920</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,480</x:t>
-[...436 lines deleted...]
-          <x:t>97,870</x:t>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>