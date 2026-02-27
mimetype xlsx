--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8ffe48336cc433d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red042bd897ee42a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3653ac2d8f0474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a5df3bcbfd405d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8603a6ad51dc4cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3653ac2d8f0474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb0dcad96c6c4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a5df3bcbfd405d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.03% p.a. Multi Barrier Reverse Convertible on EMS-Chemie, Nvidia, Sika, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>96,910</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>97,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,420</x:t>
-[...124 lines deleted...]
-          <x:t>96,670</x:t>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,550</x:t>
-[...382 lines deleted...]
-          <x:t>94,570</x:t>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>