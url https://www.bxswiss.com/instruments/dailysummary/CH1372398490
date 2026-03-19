--- v4 (2026-02-27)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red042bd897ee42a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5f968e005944ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a5df3bcbfd405d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f6a95c9a284eda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb0dcad96c6c4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a5df3bcbfd405d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rada1e1dd57d045fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f6a95c9a284eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.03% p.a. Multi Barrier Reverse Convertible on EMS-Chemie, Nvidia, Sika, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>94,060</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,060</x:t>
-[...571 lines deleted...]
-          <x:t>95,900</x:t>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>