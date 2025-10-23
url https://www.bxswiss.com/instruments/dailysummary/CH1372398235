--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc9b6d33d73a4db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae455a789c540bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref52998de5da42b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63096a58fe944e12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfc45262c3224886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref52998de5da42b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re00588b28ddf4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63096a58fe944e12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.32% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,410</x:t>
-[...85 lines deleted...]
-          <x:t>96,670</x:t>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>97,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>