--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae455a789c540bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7d178f207e442a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63096a58fe944e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de6e00e39d44917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re00588b28ddf4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63096a58fe944e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27124a3344b542f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de6e00e39d44917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.32% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>97,310</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,000</x:t>
-[...114 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>97,340</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>