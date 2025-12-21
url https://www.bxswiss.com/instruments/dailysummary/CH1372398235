--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7d178f207e442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red92437f3c894e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de6e00e39d44917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eea339d3dcb49a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27124a3344b542f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de6e00e39d44917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3d07e1e3c64dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eea339d3dcb49a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.32% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,980</x:t>
-[...333 lines deleted...]
-          <x:t>94,140</x:t>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>