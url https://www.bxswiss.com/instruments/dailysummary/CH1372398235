--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red92437f3c894e89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02925882718a4bcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eea339d3dcb49a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R649a396b0bde412a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3d07e1e3c64dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eea339d3dcb49a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0672893c89e4a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R649a396b0bde412a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.32% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>93,660</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,590</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>