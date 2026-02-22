--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02925882718a4bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c7e969b1fe4316" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R649a396b0bde412a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe860adb3a7b4980"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0672893c89e4a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R649a396b0bde412a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R741d1c1b90ff4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe860adb3a7b4980" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.32% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,260</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>