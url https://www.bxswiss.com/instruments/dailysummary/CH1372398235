--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c7e969b1fe4316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2403fab24b34133" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe860adb3a7b4980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93cd234d17044cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R741d1c1b90ff4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe860adb3a7b4980" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7bcd999cee84d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93cd234d17044cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.32% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372398235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>92,290</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,230</x:t>
-[...65 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,890</x:t>
-[...517 lines deleted...]
-          <x:t>94,640</x:t>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>