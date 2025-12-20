--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc6656d83144e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98a220ffbed4e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4e7116dc85c4fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R669eaa48f7444f9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c267757ad4c4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4e7116dc85c4fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e09403dd924e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R669eaa48f7444f9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.30% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372397377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,960</x:t>
-[...129 lines deleted...]
-          <x:t>98,110</x:t>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,110</x:t>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>98,030</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>