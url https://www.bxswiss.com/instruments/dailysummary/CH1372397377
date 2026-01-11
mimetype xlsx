--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98a220ffbed4e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373f84464eb14b58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R669eaa48f7444f9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaab6d5b4bf44cb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e09403dd924e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R669eaa48f7444f9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R423e6c7c8a9340f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaab6d5b4bf44cb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.30% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372397377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>97,850</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,850</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,590</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>