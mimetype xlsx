--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373f84464eb14b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a8fe112c044676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaab6d5b4bf44cb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b849534b1b43de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R423e6c7c8a9340f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaab6d5b4bf44cb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8d306f4e6424601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b849534b1b43de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.30% p.a. Multi Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372397377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>