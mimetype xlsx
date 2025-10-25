--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21c0a088d0845a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d750f0c8aa34365" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b3a212261624037"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce931b7510d4c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd32578957e83493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b3a212261624037" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b09a6767f0447f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce931b7510d4c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.54% p.a. Multi Barrier Reverse Convertible on Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,970</x:t>
-[...21 lines deleted...]
-          <x:t>96,710</x:t>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,630</x:t>
-        </x:is>
-[...386 lines deleted...]
-          <x:t>96,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>