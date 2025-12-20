--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d750f0c8aa34365" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a7b342cc8b14161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce931b7510d4c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radcb53b2427b4e7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b09a6767f0447f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce931b7510d4c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ae6245c87fd4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radcb53b2427b4e7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.54% p.a. Multi Barrier Reverse Convertible on Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,390</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>97,570</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,530</x:t>
-[...38 lines deleted...]
-          <x:t>96,840</x:t>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,530</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,500</x:t>
-[...53 lines deleted...]
-          <x:t>97,480</x:t>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>97,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>