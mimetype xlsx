--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a7b342cc8b14161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffd1301694c40fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radcb53b2427b4e7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39a4bbaa65ca418f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ae6245c87fd4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radcb53b2427b4e7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda82197d24f433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39a4bbaa65ca418f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.54% p.a. Multi Barrier Reverse Convertible on Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,420</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,290</x:t>
-[...274 lines deleted...]
-          <x:t>98,360</x:t>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>