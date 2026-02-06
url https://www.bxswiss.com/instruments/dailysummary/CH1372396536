--- v3 (2026-01-11)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffd1301694c40fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2935f79ae34eb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39a4bbaa65ca418f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29694eb1a41a452e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda82197d24f433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39a4bbaa65ca418f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb91de50e5594796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29694eb1a41a452e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.54% p.a. Multi Barrier Reverse Convertible on Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>97,650</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,440</x:t>
-[...53 lines deleted...]
-          <x:t>97,860</x:t>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>98,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>97,860</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>98,040</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>