--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2935f79ae34eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab8654528754d2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29694eb1a41a452e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R977e30edf9744f18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb91de50e5594796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29694eb1a41a452e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb201a8de68f64e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R977e30edf9744f18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.54% p.a. Multi Barrier Reverse Convertible on Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>97,570</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,570</x:t>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>98,470</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,410</x:t>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,880</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>96,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>