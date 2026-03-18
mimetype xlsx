--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab8654528754d2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b89c336cb874536" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R977e30edf9744f18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde339928c96a4cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb201a8de68f64e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R977e30edf9744f18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d4e821c3384a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde339928c96a4cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.54% p.a. Multi Barrier Reverse Convertible on Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>98,790</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>97,920</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,870</x:t>
-[...43 lines deleted...]
-          <x:t>97,930</x:t>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,310</x:t>
-[...404 lines deleted...]
-          <x:t>98,880</x:t>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>