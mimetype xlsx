--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc13ddc7848d640a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006132ff0f254058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cc2494fb92e469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d2b5569c8244bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c549e964c6c4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cc2494fb92e469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R708bdf649a9143b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d2b5569c8244bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.25% p.a. Multi Barrier Reverse Convertible on Amazon, Nestlé, Nvidia, Roche, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,970</x:t>
-[...124 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,000</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>97,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,600</x:t>
-[...63 lines deleted...]
-          <x:t>96,080</x:t>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>