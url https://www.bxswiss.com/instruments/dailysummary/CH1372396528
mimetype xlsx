--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006132ff0f254058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363dc56a24a74527" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d2b5569c8244bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a508f779dc4b3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R708bdf649a9143b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d2b5569c8244bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d56bf3db7342fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a508f779dc4b3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.25% p.a. Multi Barrier Reverse Convertible on Amazon, Nestlé, Nvidia, Roche, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>97,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,660</x:t>
-[...97 lines deleted...]
-          <x:t>97,340</x:t>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...478 lines deleted...]
-          <x:t>97,090</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>