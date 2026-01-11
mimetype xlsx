--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363dc56a24a74527" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb9ae0d603f1446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a508f779dc4b3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3258b420a5e4bad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d56bf3db7342fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a508f779dc4b3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4381ebf107774f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3258b420a5e4bad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.25% p.a. Multi Barrier Reverse Convertible on Amazon, Nestlé, Nvidia, Roche, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>97,040</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,080</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,200</x:t>
-[...21 lines deleted...]
-          <x:t>96,990</x:t>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,830</x:t>
-[...21 lines deleted...]
-          <x:t>97,290</x:t>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,290</x:t>
-[...11 lines deleted...]
-          <x:t>97,320</x:t>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,080</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,780</x:t>
-[...117 lines deleted...]
-          <x:t>98,160</x:t>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>