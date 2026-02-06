--- v3 (2026-01-11)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb9ae0d603f1446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9683117bc214893" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3258b420a5e4bad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f43e817646348ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4381ebf107774f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3258b420a5e4bad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcdd8d5c93b24018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f43e817646348ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.25% p.a. Multi Barrier Reverse Convertible on Amazon, Nestlé, Nvidia, Roche, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,290</x:t>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,290</x:t>
-[...11 lines deleted...]
-          <x:t>97,320</x:t>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,080</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,740</x:t>
-[...274 lines deleted...]
-          <x:t>97,210</x:t>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,910</x:t>
-[...9 lines deleted...]
-          <x:t>97,820</x:t>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>