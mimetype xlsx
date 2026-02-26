--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9683117bc214893" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0350040bf69c4077" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f43e817646348ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6710da64a514aff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcdd8d5c93b24018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f43e817646348ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re83577da30294b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6710da64a514aff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.25% p.a. Multi Barrier Reverse Convertible on Amazon, Nestlé, Nvidia, Roche, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>97,210</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,510</x:t>
-[...16 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,400</x:t>
-[...215 lines deleted...]
-          <x:t>98,050</x:t>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,040</x:t>
-[...350 lines deleted...]
-          <x:t>95,600</x:t>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>