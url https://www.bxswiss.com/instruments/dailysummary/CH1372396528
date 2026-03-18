--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0350040bf69c4077" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd39c12f3ca544be4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6710da64a514aff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6ccd7a4dbd84559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re83577da30294b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6710da64a514aff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b73a9bae04c4be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6ccd7a4dbd84559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.25% p.a. Multi Barrier Reverse Convertible on Amazon, Nestlé, Nvidia, Roche, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>98,140</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>96,760</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,810</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>16.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>97,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,130</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>97,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>98,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>