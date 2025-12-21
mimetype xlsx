--- v0 (2025-10-02)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae3a73b716ba42fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R869dc05d6bb54105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114d983959d24099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6857a81eee8345f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7da1c91d5c84b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114d983959d24099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e50edf00b84a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6857a81eee8345f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.04% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>96,890</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,720</x:t>
-[...38 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,800</x:t>
+          <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>18.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,430</x:t>
-[...252 lines deleted...]
-          <x:t>97,630</x:t>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>