--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R869dc05d6bb54105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471e9659f53d41fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6857a81eee8345f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6764365ea29d4e66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e50edf00b84a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6857a81eee8345f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e99d7b21dd4e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6764365ea29d4e66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.04% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>98,070</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,980</x:t>
-[...43 lines deleted...]
-          <x:t>97,860</x:t>
+          <x:t>98,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>98,010</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>