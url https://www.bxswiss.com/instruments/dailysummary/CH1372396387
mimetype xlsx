--- v2 (2026-01-11)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471e9659f53d41fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a2aa54038e14640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6764365ea29d4e66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf255ee375e584d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e99d7b21dd4e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6764365ea29d4e66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b401f92dba84282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf255ee375e584d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.04% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,770</x:t>
-[...43 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,030</x:t>
-[...26 lines deleted...]
-          <x:t>99,060</x:t>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,010</x:t>
-[...70 lines deleted...]
-          <x:t>98,530</x:t>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>98,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>98,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>