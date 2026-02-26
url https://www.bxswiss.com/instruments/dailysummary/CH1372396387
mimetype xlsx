--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a2aa54038e14640" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015d439b55384d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf255ee375e584d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dab5d62532740d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b401f92dba84282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf255ee375e584d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec24bcb3342e438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dab5d62532740d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.04% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,710</x:t>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,620</x:t>
-[...70 lines deleted...]
-          <x:t>98,520</x:t>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,520</x:t>
-[...16 lines deleted...]
-          <x:t>99,000</x:t>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,970</x:t>
-[...6 lines deleted...]
-          <x:t>12.01.2026</x:t>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,270</x:t>
-[...112 lines deleted...]
-          <x:t>99,320</x:t>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,400</x:t>
-        </x:is>
-[...376 lines deleted...]
-          <x:t>97,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>