--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015d439b55384d5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e87a6ed1b234eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dab5d62532740d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff3d20282d44cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec24bcb3342e438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dab5d62532740d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d0b1a6b61646f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff3d20282d44cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.04% p.a. Multi Barrier Reverse Convertible on EURO STOXX 50® Index, Nvidia, S&amp;P 500®, Swiss Market Index®, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>98,810</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,810</x:t>
-[...43 lines deleted...]
-          <x:t>98,910</x:t>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>98,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,320</x:t>
-[...215 lines deleted...]
-          <x:t>99,400</x:t>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>