--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc80dc145f1f046aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb247678ca03844be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re563f9b7e6c048b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6443e3b680c544de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c88edd17d8d4c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re563f9b7e6c048b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5000610458964d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6443e3b680c544de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.94% p.a. Multi Barrier Reverse Convertible on Adecco, Richemont, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>93,460</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,460</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>93,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,620</x:t>
-[...441 lines deleted...]
-          <x:t>91,670</x:t>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>