--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb247678ca03844be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re230c7973cb7429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6443e3b680c544de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c5ed4e9a1a4a43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5000610458964d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6443e3b680c544de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96d8f56286034b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c5ed4e9a1a4a43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.94% p.a. Multi Barrier Reverse Convertible on Adecco, Richemont, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>90,960</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>90,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>91,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,130</x:t>
-[...259 lines deleted...]
-          <x:t>90,400</x:t>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,400</x:t>
-[...301 lines deleted...]
-          <x:t>96,000</x:t>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>