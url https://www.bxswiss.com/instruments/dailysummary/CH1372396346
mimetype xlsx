--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re230c7973cb7429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ccd3c2dc8d44ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c5ed4e9a1a4a43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R709f8e7da3db47f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96d8f56286034b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c5ed4e9a1a4a43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e9afec6abd41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R709f8e7da3db47f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.94% p.a. Multi Barrier Reverse Convertible on Adecco, Richemont, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>94,390</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,760</x:t>
-[...16 lines deleted...]
-          <x:t>93,320</x:t>
+          <x:t>93,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,070</x:t>
-[...21 lines deleted...]
-          <x:t>92,980</x:t>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>93,720</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>93,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>93,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>