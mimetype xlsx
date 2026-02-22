--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ccd3c2dc8d44ff2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re122bf881e194650" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R709f8e7da3db47f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535e5ee5e57f49af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e9afec6abd41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R709f8e7da3db47f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96ac6bc078a41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535e5ee5e57f49af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.94% p.a. Multi Barrier Reverse Convertible on Adecco, Richemont, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>93,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>