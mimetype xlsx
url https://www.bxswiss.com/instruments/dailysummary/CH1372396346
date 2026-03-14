--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re122bf881e194650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79decb16846b4dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535e5ee5e57f49af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce4e72bc494b4b1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96ac6bc078a41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535e5ee5e57f49af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6aa17942f7b4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce4e72bc494b4b1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.94% p.a. Multi Barrier Reverse Convertible on Adecco, Richemont, Straumann, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372396346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>90,320</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,890</x:t>
-[...80 lines deleted...]
-          <x:t>88,020</x:t>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>89,570</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>90,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>