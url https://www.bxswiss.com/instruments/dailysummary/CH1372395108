--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a366b367db4546" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3033a464a3244f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f010f6826e0405b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6182ebb6cd774f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba183def34d4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f010f6826e0405b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10c94fbf4487426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6182ebb6cd774f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372395108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>99,120</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,120</x:t>
-[...102 lines deleted...]
-          <x:t>100,745</x:t>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,685</x:t>
-[...377 lines deleted...]
-          <x:t>99,590</x:t>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>