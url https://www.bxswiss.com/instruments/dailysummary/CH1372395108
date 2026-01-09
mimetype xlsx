--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3033a464a3244f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0193aad422ba4e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6182ebb6cd774f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff6c907ee9e43f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10c94fbf4487426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6182ebb6cd774f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1042b4bdc86e4b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff6c907ee9e43f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372395108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,845</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,885</x:t>
-[...107 lines deleted...]
-          <x:t>100,855</x:t>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,805</x:t>
-[...485 lines deleted...]
-          <x:t>100,240</x:t>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>