--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb277c676b9944f7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R609d93e2e89244d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdadbdeb92ba64b0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd0fbd13d2644c4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb45880e25dfd430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdadbdeb92ba64b0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R959781acd3364130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd0fbd13d2644c4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.55% p.a. Multi Barrier Reverse Convertible on AXA, Helvetia Versicherungen, Nvidia, Swiss Life, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372394259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,550</x:t>
-[...48 lines deleted...]
-          <x:t>100,550</x:t>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,520</x:t>
-[...420 lines deleted...]
-        <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>100,360</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>