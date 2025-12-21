--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R609d93e2e89244d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17e2153d03ff4707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd0fbd13d2644c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35eada34f77e4a3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,731 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R959781acd3364130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd0fbd13d2644c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfb05616449940e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35eada34f77e4a3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6.55% p.a. Multi Barrier Reverse Convertible on AXA, Helvetia Versicherungen, Nvidia, Swiss Life, Zurich Insurance</x:t>
+          <x:t>6.55% p.a. Multi Barrier Reverse Convertible on AXA, Helvetia Baloise, Nvidia, Swiss Life, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372394259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,645</x:t>
-[...431 lines deleted...]
-          <x:t>100,715</x:t>
+          <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>101,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>