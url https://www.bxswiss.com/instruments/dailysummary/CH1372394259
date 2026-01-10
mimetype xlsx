--- v2 (2025-12-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17e2153d03ff4707" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d1f8c55ca534234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35eada34f77e4a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5d0fa9c41145f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfb05616449940e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35eada34f77e4a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df689e63be04c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5d0fa9c41145f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.55% p.a. Multi Barrier Reverse Convertible on AXA, Helvetia Baloise, Nvidia, Swiss Life, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372394259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>99,990</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,970</x:t>
-[...11 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,090</x:t>
-[...102 lines deleted...]
-          <x:t>100,160</x:t>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,860</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>