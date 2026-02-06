--- v3 (2026-01-10)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d1f8c55ca534234" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb40537ca4df44be3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5d0fa9c41145f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11cf084c0f14dff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5df689e63be04c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5d0fa9c41145f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re091d22d64c447f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11cf084c0f14dff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.55% p.a. Multi Barrier Reverse Convertible on AXA, Helvetia Baloise, Nvidia, Swiss Life, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372394259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,825</x:t>
-[...161 lines deleted...]
-          <x:t>101,055</x:t>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>100,995</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>