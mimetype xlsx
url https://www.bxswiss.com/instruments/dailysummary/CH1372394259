--- v4 (2026-02-06)
+++ v5 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb40537ca4df44be3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ddc035325784cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11cf084c0f14dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3a54f87febc4193"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re091d22d64c447f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11cf084c0f14dff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cefd7d220274c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3a54f87febc4193" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.55% p.a. Multi Barrier Reverse Convertible on AXA, Helvetia Baloise, Nvidia, Swiss Life, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372394259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,995</x:t>
-[...517 lines deleted...]
-          <x:t>100,715</x:t>
+          <x:t>100,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>100,560</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>