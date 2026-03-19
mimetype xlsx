--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ddc035325784cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99c57852ef4f44a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3a54f87febc4193"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de3ab340a6b4d57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cefd7d220274c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3a54f87febc4193" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87dc03c8d85c4f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de3ab340a6b4d57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.55% p.a. Multi Barrier Reverse Convertible on AXA, Helvetia Baloise, Nvidia, Swiss Life, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1372394259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>100,715</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,560</x:t>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>