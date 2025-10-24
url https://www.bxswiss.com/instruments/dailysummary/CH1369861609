--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426e4d98bca84008" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9260bee84f34d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9b16a69f3e44f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37821f5ba34146cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f16ca00742248a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9b16a69f3e44f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874a536f7f654996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37821f5ba34146cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>96,760</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,970</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>