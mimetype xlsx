--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9260bee84f34d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72aee6f51ce541e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37821f5ba34146cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a58dbca0dc54cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R874a536f7f654996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37821f5ba34146cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025c0cb9204c4dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a58dbca0dc54cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>93,130</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,000</x:t>
-[...16 lines deleted...]
-          <x:t>92,920</x:t>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,520</x:t>
-[...114 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>94,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,350</x:t>
-[...36 lines deleted...]
-          <x:t>92,540</x:t>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>