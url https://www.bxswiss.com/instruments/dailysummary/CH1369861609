--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72aee6f51ce541e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f80a01b5a444e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a58dbca0dc54cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fab714929c146e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025c0cb9204c4dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a58dbca0dc54cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refee09c068d140e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fab714929c146e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>90,460</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>09.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,380</x:t>
-[...70 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,865</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>91,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,960</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>