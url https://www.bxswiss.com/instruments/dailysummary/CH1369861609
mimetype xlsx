--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f80a01b5a444e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72195f791c284dbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fab714929c146e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee033b2fb50427b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refee09c068d140e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fab714929c146e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3460fd7fda9a49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee033b2fb50427b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>91,120</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,865</x:t>
-[...387 lines deleted...]
-          <x:t>95,430</x:t>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>