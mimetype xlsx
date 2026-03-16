--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72195f791c284dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7953a98dbad64c39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee033b2fb50427b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6acd6ffd3e1f49cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3460fd7fda9a49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee033b2fb50427b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb55935315e9d4e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6acd6ffd3e1f49cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>93,640</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,690</x:t>
-[...16 lines deleted...]
-          <x:t>93,730</x:t>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,960</x:t>
-[...118 lines deleted...]
-        <x:is>
           <x:t>90,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,770</x:t>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>