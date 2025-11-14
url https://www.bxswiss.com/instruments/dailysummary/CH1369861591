--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbe336c9adb14ed5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra345e90c939d4ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb122330e53934879"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf24b91fcf1924d9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73e649138444a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb122330e53934879" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe022c424a9e49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf24b91fcf1924d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>96,080</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,760</x:t>
-[...151 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,120</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>