--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra345e90c939d4ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f0a50f5acd4380" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf24b91fcf1924d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b24e2bc0fb4298"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe022c424a9e49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf24b91fcf1924d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9eab55371384a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b24e2bc0fb4298" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>97,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,280</x:t>
-[...539 lines deleted...]
-          <x:t>91,100</x:t>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>