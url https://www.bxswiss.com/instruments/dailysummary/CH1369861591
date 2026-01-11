--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f0a50f5acd4380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996ed7836abe49e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b24e2bc0fb4298"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e78dd2bad549b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9eab55371384a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b24e2bc0fb4298" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96a60fb705ea404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e78dd2bad549b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>95,680</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,300</x:t>
-[...296 lines deleted...]
-          <x:t>96,230</x:t>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>