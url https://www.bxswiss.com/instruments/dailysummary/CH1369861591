--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996ed7836abe49e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4455206ec32e4141" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e78dd2bad549b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d73177ecb54d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96a60fb705ea404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e78dd2bad549b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70cd03281c21481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d73177ecb54d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>