--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4455206ec32e4141" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39c15b6edc2429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d73177ecb54d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R006cfff406574f9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70cd03281c21481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d73177ecb54d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f00306896d2466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R006cfff406574f9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>95,600</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,230</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...167 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,910</x:t>
-[...36 lines deleted...]
-          <x:t>97,480</x:t>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>