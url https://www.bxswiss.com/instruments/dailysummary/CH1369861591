--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re39c15b6edc2429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64b35dff8a34acf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R006cfff406574f9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838de26cfcde4982"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f00306896d2466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R006cfff406574f9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71d64be316024006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838de26cfcde4982" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1369861591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>